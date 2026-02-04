--- v0 (2025-12-08)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="300" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="330" uniqueCount="123">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
@@ -346,50 +346,89 @@
     <t>NOMEIA a Sra. Maíra Pigosso Victor Vieira, como a Procuradora Oficial da Procuradoria da Mulher.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>Fica estabelecido o valor de R$ 1.500,00 (mil e quinhentos reais), destinados às despesas sob regime de atendimento</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>Fica criada a Comissão Temporária de Equipe Técnica de Licitação da Câmara Municipal de Juquitiba, destinada ao acompanhamento e fiscalização da construção do novo prédio do Poder Legislativo Municipal, conforme autorização constante do Ofício GP nº 329/2025 e da Portaria nº 223/2025 da Prefeitura Municipal de Juquitiba.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>Fica decretado PONTO FACULTATIVO no dia 21 de novembro de 2025 (sexta feira), que sucede a data comemorativa de 20 de novembro de 2025, que celebra o Dia Nacional de Zumbi e da Consciência Negra, não havendo expediente nas repartições da Câmara Municipal de Juquitiba.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>Fica nomeado o Vereador RICARDO URIZZI CARVALHO para compor a Comissão Permanente de Finanças e Orçamento, passando a exercer o Cargo de Secretário, em substituição ao Vereador Rodrigo Viturino da Silva.</t>
+  </si>
+  <si>
+    <t>336</t>
+  </si>
+  <si>
+    <t>Fica estabelecido o valor de R$ 1.000,00 (mil reais), destinados às despesas sob regime de adiantamento._x000D_
+_x000D_
+	Fica a servidora FATIMA APARECIDA CONTRERA BEVILAQUA, responsável pela utilização do valor referido acima, para pagamento das despesas miúdas de pronto pagamento a serem realizadas durante o mês de dezembro de 2025._x000D_
+_x000D_
+	Não será deferido novo adiantamento enquanto houver pendências da prestação de contas do adiantamento anterior e efetuada devolução do saldo remanescente, se houver.</t>
+  </si>
+  <si>
+    <t>337</t>
+  </si>
+  <si>
+    <t>Fica aberto no setor da contabilidade do Legislativo um crédito adicional suplementar no valor de R$ 499.300,00 (Quatrocentos e noventa e nove mil e trezentos reais), destinado a reforçar as dotações das fichas de despesa da estrutura orçamentária da Câmara Municipal de Juquitiba.</t>
+  </si>
+  <si>
+    <t>338</t>
+  </si>
+  <si>
+    <t>Fica REVOGADO o Artigo 2º do Ato da Presidência nº 46/2025, permanecendo inalterados e em pleno vigor os demais dispositivos do referido Ato.</t>
+  </si>
+  <si>
+    <t>339</t>
+  </si>
+  <si>
+    <t>Fica estabelecido que o expediente da Câmara Municipal de Juquitiba, no período de 15 de dezembro de 2025 a 23 de dezembro de 2025, será realizado das 09h00 (nove horas) às 13h00 (treze horas), ficando dispensada a prestação dos serviços de motorista, limpeza e ajudante geral durante o referido período._x000D_
+     Fica estabelecido que o expediente da Câmara Municipal de Juquitiba, no período de 15 de dezembro de 2025 a 23 de dezembro de 2025, será realizado das 09h00 (nove horas) às 13h00 (treze horas), ficando dispensada a prestação dos serviços de motorista, limpeza e ajudante geral durante o referido período._x000D_
+     No período de 05 de janeiro de 2026 a 03 de fevereiro de 2026, o expediente da Câmara Municipal de Juquitiba será realizado das 09h00 (nove horas) às 13h00 (treze horas).</t>
+  </si>
+  <si>
+    <t>483</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>Fica revogado o Art 3º do Ato da Presidência nº 54/2025 anteriormente expedido que estabelecia o horário reduzido de funcionamento da Câmara Municipal no período de 05 de janeiro a 03 de fevereiro de 2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -681,51 +720,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F50"/>
+  <dimension ref="A1:F55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1693,50 +1732,150 @@
       <c r="E49" t="s">
         <v>10</v>
       </c>
       <c r="F49" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
         <v>110</v>
       </c>
       <c r="B50" t="s">
         <v>7</v>
       </c>
       <c r="C50" t="s">
         <v>90</v>
       </c>
       <c r="D50" t="s">
         <v>9</v>
       </c>
       <c r="E50" t="s">
         <v>10</v>
       </c>
       <c r="F50" t="s">
         <v>111</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6">
+      <c r="A51" t="s">
+        <v>112</v>
+      </c>
+      <c r="B51" t="s">
+        <v>7</v>
+      </c>
+      <c r="C51" t="s">
+        <v>92</v>
+      </c>
+      <c r="D51" t="s">
+        <v>9</v>
+      </c>
+      <c r="E51" t="s">
+        <v>10</v>
+      </c>
+      <c r="F51" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6">
+      <c r="A52" t="s">
+        <v>114</v>
+      </c>
+      <c r="B52" t="s">
+        <v>7</v>
+      </c>
+      <c r="C52" t="s">
+        <v>94</v>
+      </c>
+      <c r="D52" t="s">
+        <v>9</v>
+      </c>
+      <c r="E52" t="s">
+        <v>10</v>
+      </c>
+      <c r="F52" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6">
+      <c r="A53" t="s">
+        <v>116</v>
+      </c>
+      <c r="B53" t="s">
+        <v>7</v>
+      </c>
+      <c r="C53" t="s">
+        <v>96</v>
+      </c>
+      <c r="D53" t="s">
+        <v>9</v>
+      </c>
+      <c r="E53" t="s">
+        <v>10</v>
+      </c>
+      <c r="F53" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6">
+      <c r="A54" t="s">
+        <v>118</v>
+      </c>
+      <c r="B54" t="s">
+        <v>7</v>
+      </c>
+      <c r="C54" t="s">
+        <v>98</v>
+      </c>
+      <c r="D54" t="s">
+        <v>9</v>
+      </c>
+      <c r="E54" t="s">
+        <v>10</v>
+      </c>
+      <c r="F54" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6">
+      <c r="A55" t="s">
+        <v>120</v>
+      </c>
+      <c r="B55" t="s">
+        <v>121</v>
+      </c>
+      <c r="C55" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" t="s">
+        <v>9</v>
+      </c>
+      <c r="E55" t="s">
+        <v>10</v>
+      </c>
+      <c r="F55" t="s">
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>